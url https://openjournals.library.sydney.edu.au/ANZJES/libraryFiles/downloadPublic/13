--- v0 (2025-12-05)
+++ v1 (2025-12-28)
@@ -1,53 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="JPG" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="60AE16D9" w14:textId="77777777" w:rsidR="0016505F" w:rsidRPr="0016505F" w:rsidRDefault="00E41BBE" w:rsidP="0016505F">
       <w:pPr>
         <w:pStyle w:val="AnzjesArticleTitle"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc98334768"/>
       <w:r>
         <w:t xml:space="preserve">Title of </w:t>
       </w:r>
       <w:r w:rsidR="000B7CCF">
         <w:t>paper</w:t>
       </w:r>
       <w:r w:rsidR="0016505F">
         <w:t xml:space="preserve"> in sentence case</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="0016505F">
         <w:t xml:space="preserve">Capitalise </w:t>
       </w:r>
       <w:r>
         <w:t>only the first word, proper nouns, and the first word after a colon</w:t>
       </w:r>
       <w:r w:rsidR="0016505F">
@@ -1432,66 +1435,54 @@
       <w:r w:rsidRPr="00416E41">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Replace All</w:t>
       </w:r>
       <w:r w:rsidRPr="0095785E">
         <w:t xml:space="preserve">. Then type " (a double quotation mark) in </w:t>
       </w:r>
       <w:r w:rsidRPr="00416E41">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Find what</w:t>
       </w:r>
       <w:r w:rsidRPr="0095785E">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="00416E41">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Replace </w:t>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> click </w:t>
+        <w:t>Replace with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0095785E">
+        <w:t xml:space="preserve">, and click </w:t>
       </w:r>
       <w:r w:rsidRPr="00416E41">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Replace All</w:t>
       </w:r>
       <w:r w:rsidRPr="0095785E">
         <w:t xml:space="preserve"> again. All quotation marks should then be converted to smart ones.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36FA8EB2" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00C93D82">
       <w:pPr>
         <w:pStyle w:val="AnzjesListNum"/>
       </w:pPr>
       <w:r w:rsidRPr="0095785E">
         <w:t xml:space="preserve">If you have typed two spaces between sentences, change this to one space. To ensure that you find all such occurrences, click on </w:t>
       </w:r>
       <w:r w:rsidRPr="0095785E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Replace</w:t>
       </w:r>
@@ -1810,65 +1801,57 @@
         <w:t>Anzjes</w:t>
       </w:r>
       <w:r w:rsidRPr="0095785E">
         <w:t xml:space="preserve"> style. First, open the Styles list by clicking the expansion arrow in the bottom </w:t>
       </w:r>
       <w:r w:rsidRPr="0095785E">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">right corner of the Styles section on the Home tab of the </w:t>
       </w:r>
       <w:r w:rsidR="00BF5669">
         <w:t xml:space="preserve">Word </w:t>
       </w:r>
       <w:r w:rsidRPr="0095785E">
         <w:t>ribbon. The general procedure for applying a style is as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29CB0669" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00607745">
       <w:pPr>
         <w:pStyle w:val="AnzjesListNum"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0095785E">
-        <w:t xml:space="preserve">Place the cursor in the paragraph you wish to </w:t>
-[...3 lines deleted...]
-        <w:t>format</w:t>
+        <w:t>Place the cursor in the paragraph you wish to format</w:t>
       </w:r>
       <w:r w:rsidR="00BF5669">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0095785E">
-        <w:t xml:space="preserve"> or</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> select several paragraphs of text if they are all to be formatted with the same style. (If you select more than one paragraph, the same style will be applied to all of them.)</w:t>
+        <w:t xml:space="preserve"> or select several paragraphs of text if they are all to be formatted with the same style. (If you select more than one paragraph, the same style will be applied to all of them.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC1BFC9" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00607745">
       <w:pPr>
         <w:pStyle w:val="AnzjesListNum"/>
       </w:pPr>
       <w:r w:rsidRPr="0095785E">
         <w:t xml:space="preserve">Click on the required </w:t>
       </w:r>
       <w:r w:rsidR="00607745" w:rsidRPr="00607745">
         <w:t>Anzjes</w:t>
       </w:r>
       <w:r w:rsidRPr="0095785E">
         <w:t xml:space="preserve"> style. The selected text will be automatically formatted.</w:t>
       </w:r>
       <w:r w:rsidR="009421B6">
         <w:t xml:space="preserve"> (Note: You may need to click on the style twice to ensure it applies</w:t>
       </w:r>
       <w:r w:rsidR="008F69FE">
         <w:t>.)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE77376" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="0095785E">
       <w:pPr>
         <w:pStyle w:val="AnzjesBody"/>
@@ -2485,57 +2468,52 @@
     <w:p w14:paraId="32EB3A52" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="007C7AB1">
       <w:pPr>
         <w:pStyle w:val="AnzjesHeading4"/>
       </w:pPr>
       <w:r w:rsidRPr="0095785E">
         <w:t>Figures</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="052924D9" w14:textId="77777777" w:rsidR="00976B35" w:rsidRDefault="0051399F" w:rsidP="0095785E">
       <w:pPr>
         <w:pStyle w:val="AnzjesBody"/>
       </w:pPr>
       <w:r w:rsidRPr="0051399F">
         <w:t>All diagrams, charts and graphs should be referred to as figures and consecutively numbered</w:t>
       </w:r>
       <w:r w:rsidR="00514F07">
         <w:t xml:space="preserve"> using Arabic numerals</w:t>
       </w:r>
       <w:r w:rsidRPr="0051399F">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0095785E" w:rsidRPr="0095785E">
         <w:t>Each figure must be referred to in the text by its identifier</w:t>
       </w:r>
       <w:r w:rsidR="00145647">
-        <w:t xml:space="preserve"> (</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> (e.g.</w:t>
+      </w:r>
       <w:r w:rsidR="0095785E" w:rsidRPr="0095785E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0095785E" w:rsidRPr="0095785E">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Figure</w:t>
       </w:r>
       <w:r w:rsidR="00145647" w:rsidRPr="00145647">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="0095785E" w:rsidRPr="0095785E">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00145647">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
@@ -2979,225 +2957,213 @@
         <w:t xml:space="preserve"> and table formatting</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3018"/>
         <w:gridCol w:w="3018"/>
         <w:gridCol w:w="3018"/>
       </w:tblGrid>
       <w:tr w:rsidR="0095785E" w:rsidRPr="0095785E" w14:paraId="02827E68" w14:textId="77777777" w:rsidTr="00741FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57ED5DBA" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableHeader"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Column 1 heading</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4831942B" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableHeader"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Column 2 heading</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="310E092B" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableHeader"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Column 3 heading</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0095785E" w:rsidRPr="0095785E" w14:paraId="54D3718D" w14:textId="77777777" w:rsidTr="00741FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63380FB4" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableCellQual"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Table information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="78BF67DF" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableCellQual"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Table information</w:t>
             </w:r>
             <w:r w:rsidR="009925E5">
               <w:t xml:space="preserve"> including an abbreviation like ANZJES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6200D40A" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableCellQual"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Table information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0095785E" w:rsidRPr="0095785E" w14:paraId="1F80C460" w14:textId="77777777" w:rsidTr="00741FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4EB819F8" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableCellQual"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Table information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07C92094" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableCellQual"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Table information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="49F38D4E" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableCellQual"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Table information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0095785E" w:rsidRPr="0095785E" w14:paraId="45283757" w14:textId="77777777" w:rsidTr="00741FC4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="29FA64F4" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableCellQual"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Table information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05FFA276" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableCellQual"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Table information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3018" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B0836B9" w14:textId="77777777" w:rsidR="0095785E" w:rsidRPr="0095785E" w:rsidRDefault="0095785E" w:rsidP="00514F07">
             <w:pPr>
               <w:pStyle w:val="AnzjesTableCellQual"/>
               <w:keepNext/>
             </w:pPr>
             <w:r w:rsidRPr="0095785E">
               <w:t>Table information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32DFE02B" w14:textId="77777777" w:rsidR="00B30EE3" w:rsidRPr="009925E5" w:rsidRDefault="00B30EE3" w:rsidP="00B30EE3">
       <w:pPr>
         <w:pStyle w:val="AnzjesTabFigNote"/>
       </w:pPr>
       <w:r w:rsidRPr="00410A2C">
         <w:t>Source</w:t>
       </w:r>
       <w:r>
         <w:t>: This is a source note.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A7AA1C" w14:textId="77777777" w:rsidR="0095785E" w:rsidRDefault="00A80C68" w:rsidP="00410A2C">
@@ -4439,59 +4405,51 @@
         <w:t>Figure 2, r</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82393">
         <w:t>ow 3</w:t>
       </w:r>
       <w:r>
         <w:t>, page 7</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82393">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00D8FDA8" w14:textId="77777777" w:rsidR="00AD5BFA" w:rsidRPr="00C82393" w:rsidRDefault="00AD5BFA" w:rsidP="00AD5BFA">
       <w:pPr>
         <w:pStyle w:val="AnzjesBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00C82393">
         <w:t>Use a combination of numerals and words to express back-to-back numerical modifiers (e.g. two 1-hour lessons or 2 one-hour lessons).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F87C35D" w14:textId="77777777" w:rsidR="00AD5BFA" w:rsidRPr="00C82393" w:rsidRDefault="00AD5BFA" w:rsidP="00AD5BFA">
       <w:pPr>
         <w:pStyle w:val="AnzjesBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00C82393">
-        <w:t>Present the suffixes of ordinal numbers either with or without a superscript (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> either 21</w:t>
+        <w:t>Present the suffixes of ordinal numbers either with or without a superscript (e.g. either 21</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE4216">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82393">
         <w:t xml:space="preserve"> century or 21st century), but be consistent in presentation throughout</w:t>
       </w:r>
       <w:r w:rsidR="004A219C">
         <w:t xml:space="preserve"> your paper</w:t>
       </w:r>
       <w:r w:rsidRPr="00C82393">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="365E9C81" w14:textId="77777777" w:rsidR="00AD5BFA" w:rsidRDefault="00AD5BFA" w:rsidP="00AD5BFA">
       <w:pPr>
         <w:pStyle w:val="AnzjesBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00C82393">
         <w:t>Use commas between groups of three digits in most figures of 1,000 or more.</w:t>
       </w:r>
     </w:p>
@@ -4939,57 +4897,52 @@
         <w:pStyle w:val="AnzjesBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="00B65323">
         <w:t>The standard spelling reference</w:t>
       </w:r>
       <w:r w:rsidR="00C62793">
         <w:t xml:space="preserve"> for the ANZJES</w:t>
       </w:r>
       <w:r w:rsidRPr="00B65323">
         <w:t xml:space="preserve"> is t</w:t>
       </w:r>
       <w:r w:rsidRPr="00B65323">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>he Macquarie Dictionary</w:t>
       </w:r>
       <w:r w:rsidRPr="00B65323">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D31541" w14:textId="77777777" w:rsidR="00AD5BFA" w:rsidRDefault="00B65323" w:rsidP="00AD5BFA">
       <w:pPr>
         <w:pStyle w:val="AnzjesBullet"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B65323">
-        <w:t>In particular, spell</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> words like </w:t>
+        <w:t xml:space="preserve">In particular, spell words like </w:t>
       </w:r>
       <w:r w:rsidR="00931BB5">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">visualise </w:t>
       </w:r>
       <w:r w:rsidR="00931BB5" w:rsidRPr="00931BB5">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00931BB5">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> organisation</w:t>
       </w:r>
       <w:r w:rsidRPr="00B65323">
         <w:t xml:space="preserve"> with the ending </w:t>
       </w:r>
       <w:r w:rsidRPr="00B65323">
         <w:rPr>
           <w:i/>
@@ -5189,101 +5142,117 @@
       </w:r>
       <w:r w:rsidR="00546AEF" w:rsidRPr="00546AEF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Style Manual</w:t>
       </w:r>
       <w:r w:rsidR="00546AEF">
         <w:t xml:space="preserve"> (Australian Government, 2022)</w:t>
       </w:r>
       <w:r w:rsidR="001E6FFC">
         <w:t xml:space="preserve"> for further hyphenation guidelines.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="362FAE5D" w14:textId="77777777" w:rsidR="000D1063" w:rsidRDefault="000D1063" w:rsidP="000D1063">
       <w:pPr>
         <w:pStyle w:val="AnzjesHeading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Hlk99729018"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t>References</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E40F3C9" w14:textId="77777777" w:rsidR="009F23CB" w:rsidRPr="009F23CB" w:rsidRDefault="009F23CB" w:rsidP="009F23CB">
+    <w:p w14:paraId="137C8707" w14:textId="55FF177A" w:rsidR="00427FFD" w:rsidRDefault="00427FFD" w:rsidP="009F23CB">
+      <w:pPr>
+        <w:pStyle w:val="AnzjesReference"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00427FFD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Ensure that all references are complete and accurate. Provide DOIs where available. Ensure that any internet addresses for sources are correct.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E40F3C9" w14:textId="6FDD2FB8" w:rsidR="009F23CB" w:rsidRPr="009F23CB" w:rsidRDefault="009F23CB" w:rsidP="009F23CB">
       <w:pPr>
         <w:pStyle w:val="AnzjesReference"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">American Psychological Association. (2022). </w:t>
       </w:r>
       <w:r w:rsidRPr="009F23CB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>APA style blog</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="009F23CB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="00B8610D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/blog</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006515FB">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(Style: Anzjes_Ref)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD5433A" w14:textId="77777777" w:rsidR="000D1063" w:rsidRPr="00792F21" w:rsidRDefault="00792F21" w:rsidP="00792F21">
       <w:pPr>
         <w:pStyle w:val="AnzjesReference"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00792F21">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">American Psychological Association. (2020). </w:t>
       </w:r>
       <w:r w:rsidRPr="00792F21">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00792F21">
         <w:rPr>
           <w:i/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ublication manual of the American Psychological Association</w:t>
       </w:r>
       <w:r w:rsidRPr="00792F21">
         <w:rPr>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (7th ed.). </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
@@ -5313,86 +5282,89 @@
         <w:t xml:space="preserve">Australian Government. (2022). </w:t>
       </w:r>
       <w:r w:rsidRPr="00792F21">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Style manual</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00B8610D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>https://www.stylemanual.gov.au/</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:sectPr w:rsidR="00792F21" w:rsidSect="000B2DA1">
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:footnotePr>
         <w:numRestart w:val="eachSect"/>
       </w:footnotePr>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="784FC169" w14:textId="77777777" w:rsidR="00452F9B" w:rsidRDefault="00452F9B" w:rsidP="003A7244">
+    <w:p w14:paraId="0957C2C6" w14:textId="77777777" w:rsidR="00944F82" w:rsidRDefault="00944F82" w:rsidP="003A7244">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26BBDB26" w14:textId="77777777" w:rsidR="00452F9B" w:rsidRDefault="00452F9B"/>
+    <w:p w14:paraId="06D7EBFE" w14:textId="77777777" w:rsidR="00944F82" w:rsidRDefault="00944F82"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2BCCB600" w14:textId="77777777" w:rsidR="00452F9B" w:rsidRDefault="00452F9B" w:rsidP="003A7244">
+    <w:p w14:paraId="219E9C6B" w14:textId="77777777" w:rsidR="00944F82" w:rsidRDefault="00944F82" w:rsidP="003A7244">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="676EF118" w14:textId="77777777" w:rsidR="00452F9B" w:rsidRDefault="00452F9B"/>
+    <w:p w14:paraId="5CE36CEB" w14:textId="77777777" w:rsidR="00944F82" w:rsidRDefault="00944F82"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5411,114 +5383,507 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4249B97A" w14:textId="000D0382" w:rsidR="00427FFD" w:rsidRDefault="00427FFD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E4C3752" wp14:editId="74756125">
+              <wp:simplePos x="904875" y="10058400"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="549275" cy="299085"/>
+              <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="349729183" name="Text Box 2" descr="In-Confidence">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="549275" cy="299085"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="204AF199" w14:textId="76234668" w:rsidR="00427FFD" w:rsidRPr="00427FFD" w:rsidRDefault="00427FFD" w:rsidP="00427FFD">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00427FFD">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                            <w:t>In-Confidence</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0E4C3752" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="In-Confidence" style="position:absolute;margin-left:0;margin-top:0;width:43.25pt;height:23.55pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOWbebCgIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCZWuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt66nYRaZJ6pF8fFredlqRk3C+AVPS6SSnRBgOVWMOJf35vPl0&#10;Q4kPzFRMgRElPQtPb1cfPyxbW4gZ1KAq4QiCGF+0tqR1CLbIMs9roZmfgBUGgxKcZgF/3SGrHGsR&#10;XatsludfshZcZR1w4T167/sgXSV8KQUPj1J6EYgqKfYW0unSuY9ntlqy4uCYrRs+tMHe0YVmjcGi&#10;F6h7Fhg5uuYfKN1wBx5kmHDQGUjZcJFmwGmm+atpdjWzIs2C5Hh7ocn/P1j+cNrZJ0dC9w06XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLROf+8mH2dU8IxNFss8pt5RMmul63z4bsATaJRUodbSWSx&#10;09aHPnVMibUMbBql0maU+cuBmNGTXTuMVuj23dD2HqozTuOgX7S3fNNgzS3z4Yk53CwOgGoNj3hI&#10;BW1JYbAoqcH9essf85FwjFLSolJKalDKlKgfBhcRRTUabjT2yZgu8nmOcXPUd4D6m+JTsDyZ6HVB&#10;jaZ0oF9Qx+tYCEPMcCxX0v1o3oVesvgOuFivUxLqx7KwNTvLI3TkKZL43L0wZwemA67oAUYZseIV&#10;4X1uvOnt+hiQ9rSNyGlP5EA1ai/tc3gnUdx//qes62te/QYAAP//AwBQSwMEFAAGAAgAAAAhAOcJ&#10;lJnbAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO9I/IO1lXoDBygUhTgIIfVEVQno&#10;pTdjL0lovI5iB8Lfd9sLvaw0mtHM22zdu1pcsQ2VJwWTcQICyXhbUaHg8/g2WoIIUZPVtSdUcMcA&#10;63w4yHRq/Y32eD3EQnAJhVQrKGNsUimDKdHpMPYNEntn3zodWbaFtK2+cbmr5TRJFtLpinih1A1u&#10;SzTfh84pmO/je/dBx9lXP71fds3WzM47o9TzU79ZgYjYx0cYfvEZHXJmOvmObBC1An4k/l32los5&#10;iJOCl9cJyDyT/9nzHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAOWbebCgIAABUEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDnCZSZ2wAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="204AF199" w14:textId="76234668" w:rsidR="00427FFD" w:rsidRPr="00427FFD" w:rsidRDefault="00427FFD" w:rsidP="00427FFD">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="14"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00427FFD">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="14"/>
+                      </w:rPr>
+                      <w:t>In-Confidence</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="124AAF93" w14:textId="298F3096" w:rsidR="00427FFD" w:rsidRDefault="00427FFD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7547B4AB" wp14:editId="109A6AF5">
+              <wp:simplePos x="904875" y="10058400"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="549275" cy="299085"/>
+              <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="651994824" name="Text Box 3" descr="In-Confidence">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="549275" cy="299085"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4EBADEC1" w14:textId="720060DC" w:rsidR="00427FFD" w:rsidRPr="00427FFD" w:rsidRDefault="00427FFD" w:rsidP="00427FFD">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00427FFD">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                            <w:t>In-Confidence</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="7547B4AB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="In-Confidence" style="position:absolute;margin-left:0;margin-top:0;width:43.25pt;height:23.55pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsCkLTDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCZWuMOEXWIsOA&#10;oC2QDj3LshQbkERBUmJnXz9KjpO222nYRaZJ6pF8fFre9lqRo3C+BVPS6SSnRBgOdWv2Jf35vPl0&#10;Q4kPzNRMgRElPQlPb1cfPyw7W4gZNKBq4QiCGF90tqRNCLbIMs8boZmfgBUGgxKcZgF/3T6rHesQ&#10;Xatsludfsg5cbR1w4T1674cgXSV8KQUPj1J6EYgqKfYW0unSWcUzWy1ZsXfMNi0/t8H+oQvNWoNF&#10;L1D3LDBycO0fULrlDjzIMOGgM5Cy5SLNgNNM83fT7BpmRZoFyfH2QpP/f7D84bizT46E/hv0uMBI&#10;SGd94dEZ5+ml0/GLnRKMI4WnC22iD4Sjc/55Mfs6p4RjaLZY5DfziJJdL1vnw3cBmkSjpA63kshi&#10;x60PQ+qYEmsZ2LRKpc0o88aBmNGTXTuMVuirnrT1q+4rqE84lINh397yTYult8yHJ+ZwwTgHijY8&#10;4iEVdCWFs0VJA+7X3/wxH3nHKCUdCqakBhVNifphcB9RW6PhRqNKxnSRz3OMm4O+A5ThFF+E5clE&#10;rwtqNKUD/YJyXsdCGGKGY7mSVqN5Fwbl4nPgYr1OSSgjy8LW7CyP0JGuyOVz/8KcPRMecFMPMKqJ&#10;Fe94H3LjTW/Xh4Dsp6VEagciz4yjBNNaz88lavz1f8q6PurVbwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AOcJlJnbAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO9I/IO1lXoDBygUhTgIIfVE&#10;VQnopTdjL0lovI5iB8Lfd9sLvaw0mtHM22zdu1pcsQ2VJwWTcQICyXhbUaHg8/g2WoIIUZPVtSdU&#10;cMcA63w4yHRq/Y32eD3EQnAJhVQrKGNsUimDKdHpMPYNEntn3zodWbaFtK2+cbmr5TRJFtLpinih&#10;1A1uSzTfh84pmO/je/dBx9lXP71fds3WzM47o9TzU79ZgYjYx0cYfvEZHXJmOvmObBC1An4k/l32&#10;los5iJOCl9cJyDyT/9nzHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBsCkLTDQIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDnCZSZ2wAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="4EBADEC1" w14:textId="720060DC" w:rsidR="00427FFD" w:rsidRPr="00427FFD" w:rsidRDefault="00427FFD" w:rsidP="00427FFD">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="14"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00427FFD">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="14"/>
+                      </w:rPr>
+                      <w:t>In-Confidence</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17CEF2C4" w14:textId="3B76C890" w:rsidR="00427FFD" w:rsidRDefault="00427FFD">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56F91FAB" wp14:editId="73758D9C">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="549275" cy="299085"/>
+              <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1526335643" name="Text Box 1" descr="In-Confidence">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="549275" cy="299085"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5B59EC1D" w14:textId="23C3ED67" w:rsidR="00427FFD" w:rsidRPr="00427FFD" w:rsidRDefault="00427FFD" w:rsidP="00427FFD">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00427FFD">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="000000"/>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                            <w:t>In-Confidence</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="56F91FAB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="In-Confidence" style="position:absolute;margin-left:0;margin-top:0;width:43.25pt;height:23.55pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDby5WVDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCZWuMOEXWIsOA&#10;oi2QDj0rshQbsESBUmJnXz9KjpOt22nYRaZJ6pF8fFre9qZlR4W+AVvy6STnTFkJVWP3Jf/+svlw&#10;w5kPwlaiBatKflKe367ev1t2rlAzqKGtFDICsb7oXMnrEFyRZV7Wygg/AacsBTWgEYF+cZ9VKDpC&#10;N202y/NPWQdYOQSpvCfv/RDkq4SvtZLhSWuvAmtLTr2FdGI6d/HMVktR7FG4upHnNsQ/dGFEY6no&#10;BepeBMEO2PwBZRqJ4EGHiQSTgdaNVGkGmmaav5lmWwun0ixEjncXmvz/g5WPx617Rhb6L9DTAiMh&#10;nfOFJ2ecp9do4pc6ZRQnCk8X2lQfmCTn/ONi9nnOmaTQbLHIb+YRJbtedujDVwWGRaPkSFtJZInj&#10;gw9D6pgSa1nYNG2bNtPa3xyEGT3ZtcNohX7Xs6ai4mP3O6hONBTCsG/v5Kah0g/Ch2eBtGCag0Qb&#10;nujQLXQlh7PFWQ3442/+mE+8U5SzjgRTckuK5qz9ZmkfUVujgaOxS8Z0kc9zituDuQOS4ZRehJPJ&#10;JC+GdjQ1gnklOa9jIQoJK6lcyXejeRcG5dJzkGq9TkkkIyfCg906GaEjXZHLl/5VoDsTHmhTjzCq&#10;SRRveB9y403v1odA7KelRGoHIs+MkwTTWs/PJWr81/+UdX3Uq58AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnCZSZ2wAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvSPyDtZV6AwcoFIU4CCH1&#10;RFUJ6KU3Yy9JaLyOYgfC33fbC72sNJrRzNts3btaXLENlScFk3ECAsl4W1Gh4PP4NlqCCFGT1bUn&#10;VHDHAOt8OMh0av2N9ng9xEJwCYVUKyhjbFIpgynR6TD2DRJ7Z986HVm2hbStvnG5q+U0SRbS6Yp4&#10;odQNbks034fOKZjv43v3QcfZVz+9X3bN1szOO6PU81O/WYGI2MdHGH7xGR1yZjr5jmwQtQJ+JP5d&#10;9paLOYiTgpfXCcg8k//Z8x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA28uVlQ4CAAAc&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA5wmUmdsA&#10;AAADAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="5B59EC1D" w14:textId="23C3ED67" w:rsidR="00427FFD" w:rsidRPr="00427FFD" w:rsidRDefault="00427FFD" w:rsidP="00427FFD">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="14"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00427FFD">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="000000"/>
+                        <w:sz w:val="14"/>
+                        <w:szCs w:val="14"/>
+                      </w:rPr>
+                      <w:t>In-Confidence</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="792B3ACD" w14:textId="77777777" w:rsidR="00452F9B" w:rsidRDefault="00452F9B" w:rsidP="003A7244">
+    <w:p w14:paraId="771CBFBA" w14:textId="77777777" w:rsidR="00944F82" w:rsidRDefault="00944F82" w:rsidP="003A7244">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="471BA30D" w14:textId="77777777" w:rsidR="00452F9B" w:rsidRDefault="00452F9B" w:rsidP="003A7244">
+    <w:p w14:paraId="48062B05" w14:textId="77777777" w:rsidR="00944F82" w:rsidRDefault="00944F82" w:rsidP="003A7244">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4AF6E7" w14:textId="77777777" w:rsidR="00452F9B" w:rsidRDefault="00452F9B"/>
+    <w:p w14:paraId="2FAD465E" w14:textId="77777777" w:rsidR="00944F82" w:rsidRDefault="00944F82"/>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="3E58D88D" w14:textId="77777777" w:rsidR="00CB622E" w:rsidRPr="00CB622E" w:rsidRDefault="00CB622E" w:rsidP="00CB622E">
       <w:pPr>
         <w:pStyle w:val="AnzjesFootnote"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">This is an example of a footnote. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F47536">
@@ -5537,51 +5902,51 @@
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>This is the second footnote.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="11E62AE4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5BCE7312"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -7577,71 +7942,70 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="12"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-AU" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-NZ" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-AU" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-NZ" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-CA" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-MX" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-IN" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-MX" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-IN" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-419" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1024" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:numRestart w:val="eachSect"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotExpandShiftReturn/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -7826,50 +8190,51 @@
     <w:rsid w:val="00142257"/>
     <w:rsid w:val="00142AE8"/>
     <w:rsid w:val="00143427"/>
     <w:rsid w:val="00143C28"/>
     <w:rsid w:val="00145647"/>
     <w:rsid w:val="001466CF"/>
     <w:rsid w:val="00147467"/>
     <w:rsid w:val="001474D3"/>
     <w:rsid w:val="001479A6"/>
     <w:rsid w:val="00147BFC"/>
     <w:rsid w:val="0015047F"/>
     <w:rsid w:val="00150B93"/>
     <w:rsid w:val="00150BAD"/>
     <w:rsid w:val="00150E94"/>
     <w:rsid w:val="0015233C"/>
     <w:rsid w:val="00152562"/>
     <w:rsid w:val="00152827"/>
     <w:rsid w:val="00153515"/>
     <w:rsid w:val="0015626A"/>
     <w:rsid w:val="00156478"/>
     <w:rsid w:val="00157C90"/>
     <w:rsid w:val="0016030F"/>
     <w:rsid w:val="001612DD"/>
     <w:rsid w:val="00163E05"/>
     <w:rsid w:val="0016505F"/>
+    <w:rsid w:val="001655C3"/>
     <w:rsid w:val="0016595A"/>
     <w:rsid w:val="00165F10"/>
     <w:rsid w:val="001703CC"/>
     <w:rsid w:val="0017115C"/>
     <w:rsid w:val="00171544"/>
     <w:rsid w:val="001729A6"/>
     <w:rsid w:val="001743D2"/>
     <w:rsid w:val="00174497"/>
     <w:rsid w:val="00174D03"/>
     <w:rsid w:val="001754C3"/>
     <w:rsid w:val="00175FDD"/>
     <w:rsid w:val="00176B7D"/>
     <w:rsid w:val="00177191"/>
     <w:rsid w:val="00177CDF"/>
     <w:rsid w:val="00177E30"/>
     <w:rsid w:val="00181533"/>
     <w:rsid w:val="001816C0"/>
     <w:rsid w:val="00182236"/>
     <w:rsid w:val="0018261B"/>
     <w:rsid w:val="0018273C"/>
     <w:rsid w:val="00182D46"/>
     <w:rsid w:val="00182FD8"/>
     <w:rsid w:val="001833C4"/>
     <w:rsid w:val="00183958"/>
     <w:rsid w:val="00183E8E"/>
@@ -8237,50 +8602,51 @@
     <w:rsid w:val="00407E69"/>
     <w:rsid w:val="00410341"/>
     <w:rsid w:val="004103BD"/>
     <w:rsid w:val="00410A2C"/>
     <w:rsid w:val="00410CF0"/>
     <w:rsid w:val="0041162D"/>
     <w:rsid w:val="00411663"/>
     <w:rsid w:val="00414D34"/>
     <w:rsid w:val="004154E2"/>
     <w:rsid w:val="00416E41"/>
     <w:rsid w:val="00416FF0"/>
     <w:rsid w:val="00417F5E"/>
     <w:rsid w:val="00420423"/>
     <w:rsid w:val="00420586"/>
     <w:rsid w:val="00421277"/>
     <w:rsid w:val="00421993"/>
     <w:rsid w:val="00424100"/>
     <w:rsid w:val="00424671"/>
     <w:rsid w:val="004251DD"/>
     <w:rsid w:val="00425D72"/>
     <w:rsid w:val="00425ED2"/>
     <w:rsid w:val="00425F43"/>
     <w:rsid w:val="00427003"/>
     <w:rsid w:val="00427065"/>
     <w:rsid w:val="0042788C"/>
+    <w:rsid w:val="00427FFD"/>
     <w:rsid w:val="00430A9E"/>
     <w:rsid w:val="00430C9D"/>
     <w:rsid w:val="004315B2"/>
     <w:rsid w:val="00431B3F"/>
     <w:rsid w:val="00431BF5"/>
     <w:rsid w:val="00431DD7"/>
     <w:rsid w:val="00433B2B"/>
     <w:rsid w:val="00433D4D"/>
     <w:rsid w:val="00434AD5"/>
     <w:rsid w:val="00434B07"/>
     <w:rsid w:val="00434D09"/>
     <w:rsid w:val="00435034"/>
     <w:rsid w:val="00436936"/>
     <w:rsid w:val="004375A7"/>
     <w:rsid w:val="00437C65"/>
     <w:rsid w:val="004403AE"/>
     <w:rsid w:val="00441124"/>
     <w:rsid w:val="0044178A"/>
     <w:rsid w:val="00441B12"/>
     <w:rsid w:val="004428D0"/>
     <w:rsid w:val="004435D1"/>
     <w:rsid w:val="00443E51"/>
     <w:rsid w:val="004444B1"/>
     <w:rsid w:val="00445F23"/>
     <w:rsid w:val="00446481"/>
@@ -9010,50 +9376,51 @@
     <w:rsid w:val="009114E6"/>
     <w:rsid w:val="00911A11"/>
     <w:rsid w:val="00912232"/>
     <w:rsid w:val="0091352E"/>
     <w:rsid w:val="00914DE1"/>
     <w:rsid w:val="00917A90"/>
     <w:rsid w:val="0092126F"/>
     <w:rsid w:val="00923ACD"/>
     <w:rsid w:val="00924BA0"/>
     <w:rsid w:val="00926B1A"/>
     <w:rsid w:val="00926C0C"/>
     <w:rsid w:val="009270E0"/>
     <w:rsid w:val="0092725D"/>
     <w:rsid w:val="00931BB5"/>
     <w:rsid w:val="009328E6"/>
     <w:rsid w:val="00932977"/>
     <w:rsid w:val="00933C7F"/>
     <w:rsid w:val="00933E85"/>
     <w:rsid w:val="009366FE"/>
     <w:rsid w:val="009375D7"/>
     <w:rsid w:val="00940688"/>
     <w:rsid w:val="009421B6"/>
     <w:rsid w:val="0094323E"/>
     <w:rsid w:val="00943E37"/>
     <w:rsid w:val="00944C4E"/>
+    <w:rsid w:val="00944F82"/>
     <w:rsid w:val="00945F48"/>
     <w:rsid w:val="00946326"/>
     <w:rsid w:val="009473CC"/>
     <w:rsid w:val="0095101D"/>
     <w:rsid w:val="00951E38"/>
     <w:rsid w:val="00952BAC"/>
     <w:rsid w:val="00953BAC"/>
     <w:rsid w:val="00953C7F"/>
     <w:rsid w:val="0095405B"/>
     <w:rsid w:val="00954795"/>
     <w:rsid w:val="00954B1C"/>
     <w:rsid w:val="00955056"/>
     <w:rsid w:val="00955299"/>
     <w:rsid w:val="0095785E"/>
     <w:rsid w:val="00957A7C"/>
     <w:rsid w:val="00960165"/>
     <w:rsid w:val="0096137A"/>
     <w:rsid w:val="009615B6"/>
     <w:rsid w:val="0096168F"/>
     <w:rsid w:val="009625F8"/>
     <w:rsid w:val="009627D1"/>
     <w:rsid w:val="00963623"/>
     <w:rsid w:val="00963E02"/>
     <w:rsid w:val="009642FA"/>
     <w:rsid w:val="00964AFB"/>
@@ -10021,51 +10388,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0B830FF7"/>
   <w15:docId w15:val="{833AEF94-D814-4800-9D51-BEE1056387FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12036,51 +12403,51 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00387E2E"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Cambria" w:hAnsi="Tahoma" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="71631217">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="273751796">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12245,51 +12612,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1722829152">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openjournals.library.usyd.edu.au/index.php/ANZJES/about/submissions" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stylemanual.gov.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000165-000" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/blog" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openjournals.library.usyd.edu.au/index.php/ANZJES/about/submissions" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.stylemanual.gov.au/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/0000165-000" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/blog" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.JPG"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\gosia\OneDrive%20-%20The%20University%20of%20Melbourne\Documents\8.%20CESAA_ESAANZ\ANZJES\Formatting%20and%20templates\ANZJES_AuthorTemplate%202022.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -15163,96 +15530,129 @@
         <b:NameList>
           <b:Person>
             <b:Last>Ekman</b:Last>
             <b:First>A.</b:First>
           </b:Person>
         </b:NameList>
       </b:Author>
     </b:Author>
     <b:Publisher>Council for Security Cooperation in the Asia Pacific</b:Publisher>
     <b:RefOrder>37</b:RefOrder>
   </b:Source>
 </b:Sources>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56E4AC85-EF7C-4876-BC6F-9F2AC2E8E8D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
     <ds:schemaRef ds:uri="urn:schemas-microsoft-com:xslt"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>ANZJES_AuthorTemplate 2022.dotx</Template>
+  <Template>ANZJES_AuthorTemplate 2022</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>21621</Characters>
+  <Pages>11</Pages>
+  <Words>4149</Words>
+  <Characters>21412</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>180</Lines>
-  <Paragraphs>50</Paragraphs>
+  <Lines>411</Lines>
+  <Paragraphs>230</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ANZJES Author Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25364</CharactersWithSpaces>
+  <CharactersWithSpaces>25331</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ANZJES Author Template</dc:title>
   <dc:creator>Gosia Klatt</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_1b52b3a1-dbcb-41fb-a452-370cf542753f_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_1b52b3a1-dbcb-41fb-a452-370cf542753f_SetDate">
     <vt:lpwstr>2021-05-15T04:49:51Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_1b52b3a1-dbcb-41fb-a452-370cf542753f_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_1b52b3a1-dbcb-41fb-a452-370cf542753f_Name">
     <vt:lpwstr>Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_1b52b3a1-dbcb-41fb-a452-370cf542753f_SiteId">
     <vt:lpwstr>d1323671-cdbe-4417-b4d4-bdb24b51316b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_1b52b3a1-dbcb-41fb-a452-370cf542753f_ActionId">
     <vt:lpwstr>aa46fb2f-23ed-4461-bd91-aed5792a4d39</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_1b52b3a1-dbcb-41fb-a452-370cf542753f_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>5afa089b,14d8719f,26dca6c8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#000000,7,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>In-Confidence</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_d2b2326c-f811-4ccc-abcb-1b955c303c2e_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_d2b2326c-f811-4ccc-abcb-1b955c303c2e_SetDate">
+    <vt:lpwstr>2025-12-14T06:23:58Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_d2b2326c-f811-4ccc-abcb-1b955c303c2e_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_d2b2326c-f811-4ccc-abcb-1b955c303c2e_Name">
+    <vt:lpwstr>In-Confidence</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_d2b2326c-f811-4ccc-abcb-1b955c303c2e_SiteId">
+    <vt:lpwstr>dc781727-710e-4855-bc4c-690266a1b551</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_d2b2326c-f811-4ccc-abcb-1b955c303c2e_ActionId">
+    <vt:lpwstr>b539345a-6e57-4597-9073-18cb5d71d29b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_d2b2326c-f811-4ccc-abcb-1b955c303c2e_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_d2b2326c-f811-4ccc-abcb-1b955c303c2e_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>